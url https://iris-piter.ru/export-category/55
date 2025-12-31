--- v0 (2025-11-16)
+++ v1 (2025-12-31)
@@ -827,51 +827,51 @@
       </c>
       <c r="H10" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11">
         <v>692</v>
       </c>
       <c r="B11" t="s">
         <v>27</v>
       </c>
       <c r="C11" t="s">
         <v>28</v>
       </c>
       <c r="D11">
         <v>700.0</v>
       </c>
       <c r="E11">
         <v>1</v>
       </c>
       <c r="F11">
         <v>700.0</v>
       </c>
       <c r="G11">
-        <v>0.0</v>
+        <v>100.0</v>
       </c>
       <c r="H11" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12">
         <v>693</v>
       </c>
       <c r="B12" t="s">
         <v>29</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12">
         <v>500.0</v>
       </c>
       <c r="E12">
         <v>1</v>
       </c>
       <c r="F12">
         <v>500.0</v>
       </c>
       <c r="G12">