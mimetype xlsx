--- v0 (2025-11-16)
+++ v1 (2025-12-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Хвойные ветки" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Цена за шт. (руб.)</t>
   </si>
   <si>
     <t>Кол-во в упак (шт.)</t>
   </si>
   <si>
     <t>Цена (руб.)</t>
   </si>
   <si>
     <t>Высота (см.)</t>
   </si>
   <si>
     <t>Цвет</t>
   </si>
   <si>
@@ -570,50 +570,113 @@
     <t>НГ418</t>
   </si>
   <si>
     <t xml:space="preserve">Ветка кедр с шишками ампельная </t>
   </si>
   <si>
     <t>НГ431</t>
   </si>
   <si>
     <t xml:space="preserve">Куст туя </t>
   </si>
   <si>
     <t>НГ433</t>
   </si>
   <si>
     <t>НГ425</t>
   </si>
   <si>
     <t>Ветка ель с шишкой</t>
   </si>
   <si>
     <t>Нг432</t>
   </si>
   <si>
     <t xml:space="preserve">Ветка кедр </t>
+  </si>
+  <si>
+    <t>НГ457</t>
+  </si>
+  <si>
+    <t>Ветка  заснеженная 5шишек</t>
+  </si>
+  <si>
+    <t>ветка елка 6вет темная</t>
+  </si>
+  <si>
+    <t>НГ458</t>
+  </si>
+  <si>
+    <t>ветка можжевельник</t>
+  </si>
+  <si>
+    <t>НГ445</t>
+  </si>
+  <si>
+    <t>Ветка кипарис 6вет</t>
+  </si>
+  <si>
+    <t>НГ446</t>
+  </si>
+  <si>
+    <t>Ветка кипарис 6вет заснеженный</t>
+  </si>
+  <si>
+    <t>НГ466</t>
+  </si>
+  <si>
+    <t>Ветка тис</t>
+  </si>
+  <si>
+    <t xml:space="preserve">НГ467 </t>
+  </si>
+  <si>
+    <t>Ветка сосна заснеженная</t>
+  </si>
+  <si>
+    <t>НГ468</t>
+  </si>
+  <si>
+    <t>Ветка сосна</t>
+  </si>
+  <si>
+    <t>НГ465</t>
+  </si>
+  <si>
+    <t>Ветка ель заснеженная</t>
+  </si>
+  <si>
+    <t>НГ461</t>
+  </si>
+  <si>
+    <t>Ветка елка с шишками и черными ягодами</t>
+  </si>
+  <si>
+    <t>НГ462</t>
+  </si>
+  <si>
+    <t>Ветка елка с белыми ягодами</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -917,51 +980,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H89"/>
+  <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -3032,57 +3095,57 @@
       </c>
       <c r="D82">
         <v>160.0</v>
       </c>
       <c r="E82">
         <v>2</v>
       </c>
       <c r="F82">
         <v>320.0</v>
       </c>
       <c r="G82">
         <v>69.0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83">
         <v>6237</v>
       </c>
       <c r="B83" t="s">
         <v>173</v>
       </c>
       <c r="C83" t="s">
         <v>174</v>
       </c>
       <c r="D83">
-        <v>110.0</v>
+        <v>120.0</v>
       </c>
       <c r="E83">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="F83">
-        <v>220.0</v>
+        <v>1200.0</v>
       </c>
       <c r="G83">
         <v>45.0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84">
         <v>6240</v>
       </c>
       <c r="B84" t="s">
         <v>175</v>
       </c>
       <c r="C84" t="s">
         <v>176</v>
       </c>
       <c r="D84">
         <v>75.0</v>
       </c>
       <c r="E84">
         <v>20</v>
       </c>
       <c r="F84">
         <v>1500.0</v>
       </c>
       <c r="G84">
@@ -3180,50 +3243,309 @@
       <c r="G88">
         <v>48.0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89">
         <v>6328</v>
       </c>
       <c r="B89" t="s">
         <v>184</v>
       </c>
       <c r="C89" t="s">
         <v>185</v>
       </c>
       <c r="D89">
         <v>65.0</v>
       </c>
       <c r="E89">
         <v>40</v>
       </c>
       <c r="F89">
         <v>2600.0</v>
       </c>
       <c r="G89">
         <v>40.0</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90">
+        <v>6384</v>
+      </c>
+      <c r="B90" t="s">
+        <v>186</v>
+      </c>
+      <c r="C90" t="s">
+        <v>187</v>
+      </c>
+      <c r="D90">
+        <v>120.0</v>
+      </c>
+      <c r="E90">
+        <v>10</v>
+      </c>
+      <c r="F90">
+        <v>1200.0</v>
+      </c>
+      <c r="G90">
+        <v>46.0</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91">
+        <v>6391</v>
+      </c>
+      <c r="B91" t="s">
+        <v>186</v>
+      </c>
+      <c r="C91" t="s">
+        <v>188</v>
+      </c>
+      <c r="D91">
+        <v>55.0</v>
+      </c>
+      <c r="E91">
+        <v>40</v>
+      </c>
+      <c r="F91">
+        <v>2200.0</v>
+      </c>
+      <c r="G91">
+        <v>35.0</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92">
+        <v>6392</v>
+      </c>
+      <c r="B92" t="s">
+        <v>189</v>
+      </c>
+      <c r="C92" t="s">
+        <v>190</v>
+      </c>
+      <c r="D92">
+        <v>190.0</v>
+      </c>
+      <c r="E92">
+        <v>5</v>
+      </c>
+      <c r="F92">
+        <v>950.0</v>
+      </c>
+      <c r="G92">
+        <v>93.0</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93">
+        <v>6401</v>
+      </c>
+      <c r="B93" t="s">
+        <v>191</v>
+      </c>
+      <c r="C93" t="s">
+        <v>192</v>
+      </c>
+      <c r="D93">
+        <v>40.0</v>
+      </c>
+      <c r="E93">
+        <v>10</v>
+      </c>
+      <c r="F93">
+        <v>400.0</v>
+      </c>
+      <c r="G93">
+        <v>40.0</v>
+      </c>
+      <c r="H93" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94">
+        <v>6402</v>
+      </c>
+      <c r="B94" t="s">
+        <v>193</v>
+      </c>
+      <c r="C94" t="s">
+        <v>194</v>
+      </c>
+      <c r="D94">
+        <v>40.0</v>
+      </c>
+      <c r="E94">
+        <v>10</v>
+      </c>
+      <c r="F94">
+        <v>400.0</v>
+      </c>
+      <c r="G94">
+        <v>40.0</v>
+      </c>
+      <c r="H94" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95">
+        <v>6405</v>
+      </c>
+      <c r="B95" t="s">
+        <v>195</v>
+      </c>
+      <c r="C95" t="s">
+        <v>196</v>
+      </c>
+      <c r="D95">
+        <v>100.0</v>
+      </c>
+      <c r="E95">
+        <v>20</v>
+      </c>
+      <c r="F95">
+        <v>2000.0</v>
+      </c>
+      <c r="G95">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96">
+        <v>6406</v>
+      </c>
+      <c r="B96" t="s">
+        <v>197</v>
+      </c>
+      <c r="C96" t="s">
+        <v>198</v>
+      </c>
+      <c r="D96">
+        <v>160.0</v>
+      </c>
+      <c r="E96">
+        <v>20</v>
+      </c>
+      <c r="F96">
+        <v>3200.0</v>
+      </c>
+      <c r="G96">
+        <v>56.0</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97">
+        <v>6407</v>
+      </c>
+      <c r="B97" t="s">
+        <v>199</v>
+      </c>
+      <c r="C97" t="s">
+        <v>200</v>
+      </c>
+      <c r="D97">
+        <v>160.0</v>
+      </c>
+      <c r="E97">
+        <v>20</v>
+      </c>
+      <c r="F97">
+        <v>3200.0</v>
+      </c>
+      <c r="G97">
+        <v>55.0</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98">
+        <v>6409</v>
+      </c>
+      <c r="B98" t="s">
+        <v>201</v>
+      </c>
+      <c r="C98" t="s">
+        <v>202</v>
+      </c>
+      <c r="D98">
+        <v>140.0</v>
+      </c>
+      <c r="E98">
+        <v>20</v>
+      </c>
+      <c r="F98">
+        <v>2800.0</v>
+      </c>
+      <c r="G98">
+        <v>63.0</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99">
+        <v>6410</v>
+      </c>
+      <c r="B99" t="s">
+        <v>203</v>
+      </c>
+      <c r="C99" t="s">
+        <v>204</v>
+      </c>
+      <c r="D99">
+        <v>85.0</v>
+      </c>
+      <c r="E99">
+        <v>20</v>
+      </c>
+      <c r="F99">
+        <v>1700.0</v>
+      </c>
+      <c r="G99">
+        <v>31.0</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100">
+        <v>6411</v>
+      </c>
+      <c r="B100" t="s">
+        <v>205</v>
+      </c>
+      <c r="C100" t="s">
+        <v>206</v>
+      </c>
+      <c r="D100">
+        <v>85.0</v>
+      </c>
+      <c r="E100">
+        <v>20</v>
+      </c>
+      <c r="F100">
+        <v>1700.0</v>
+      </c>
+      <c r="G100">
+        <v>27.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">