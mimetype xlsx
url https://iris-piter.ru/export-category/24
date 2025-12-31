--- v0 (2025-11-16)
+++ v1 (2025-12-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Декоративные ленты, сетка" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Цена за шт. (руб.)</t>
   </si>
   <si>
     <t>Кол-во в упак (шт.)</t>
   </si>
   <si>
     <t>Цена (руб.)</t>
   </si>
   <si>
     <t>Высота (см.)</t>
   </si>
   <si>
     <t>Цвет</t>
   </si>
   <si>
@@ -111,53 +111,50 @@
     <t>Сетка золотая полоса 0,5*8,6м</t>
   </si>
   <si>
     <t>Л010</t>
   </si>
   <si>
     <t>Сетка "Золото" 0,48х4,5м</t>
   </si>
   <si>
     <t>Л009</t>
   </si>
   <si>
     <t>Сетка "Снег"</t>
   </si>
   <si>
     <t>Л011</t>
   </si>
   <si>
     <t>Лента гофрированная 5/25</t>
   </si>
   <si>
     <t>Л012</t>
   </si>
   <si>
     <t>Лента траурная</t>
-  </si>
-[...1 lines deleted...]
-    <t>черный</t>
   </si>
   <si>
     <t>Л013</t>
   </si>
   <si>
     <t>Лента «корона» 3/25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -676,53 +673,50 @@
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8">
         <v>208</v>
       </c>
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8">
         <v>150.0</v>
       </c>
       <c r="E8">
         <v>1</v>
       </c>
       <c r="F8">
         <v>150.0</v>
       </c>
       <c r="G8">
         <v>0.0</v>
       </c>
-      <c r="H8" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9">
         <v>209</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9">
         <v>350.0</v>
       </c>
       <c r="E9">
         <v>1</v>
       </c>
       <c r="F9">
         <v>350.0</v>
       </c>
       <c r="G9">
         <v>0.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
@@ -803,63 +797,60 @@
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13">
         <v>289</v>
       </c>
       <c r="B13" t="s">
         <v>31</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13">
         <v>40.0</v>
       </c>
       <c r="E13">
         <v>5</v>
       </c>
       <c r="F13">
         <v>200.0</v>
       </c>
       <c r="G13">
         <v>200.0</v>
       </c>
-      <c r="H13" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14">
         <v>4405</v>
       </c>
       <c r="B14" t="s">
+        <v>33</v>
+      </c>
+      <c r="C14" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="D14">
         <v>150.0</v>
       </c>
       <c r="E14">
         <v>1</v>
       </c>
       <c r="F14">
         <v>150.0</v>
       </c>
       <c r="G14">
         <v>3.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>