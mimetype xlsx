--- v0 (2025-11-16)
+++ v1 (2025-12-31)
@@ -1923,53 +1923,50 @@
         <v>67</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48">
         <v>2936</v>
       </c>
       <c r="B48" t="s">
         <v>103</v>
       </c>
       <c r="C48" t="s">
         <v>104</v>
       </c>
       <c r="D48">
         <v>19.0</v>
       </c>
       <c r="E48">
         <v>50</v>
       </c>
       <c r="F48">
         <v>950.0</v>
       </c>
       <c r="G48">
         <v>0.0</v>
       </c>
-      <c r="H48" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49">
         <v>3019</v>
       </c>
       <c r="B49" t="s">
         <v>105</v>
       </c>
       <c r="C49" t="s">
         <v>106</v>
       </c>
       <c r="D49">
         <v>30.0</v>
       </c>
       <c r="E49">
         <v>40</v>
       </c>
       <c r="F49">
         <v>1200.0</v>
       </c>
       <c r="G49">
         <v>0.0</v>
       </c>
       <c r="H49" t="s">
         <v>67</v>