--- v0 (2025-11-16)
+++ v1 (2025-12-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Искусственные цветочные ветки" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="972">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="988">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Цена за шт. (руб.)</t>
   </si>
   <si>
     <t>Кол-во в упак (шт.)</t>
   </si>
   <si>
     <t>Цена (руб.)</t>
   </si>
   <si>
     <t>Высота (см.)</t>
   </si>
   <si>
     <t>Цвет</t>
   </si>
   <si>
@@ -2928,50 +2928,98 @@
     <t>НГ415</t>
   </si>
   <si>
     <t xml:space="preserve">Ветка золотая самшит </t>
   </si>
   <si>
     <t>В734</t>
   </si>
   <si>
     <t>ветка физалис 3вет</t>
   </si>
   <si>
     <t>В732</t>
   </si>
   <si>
     <t>Ветка гвоздика турецкая 6вет</t>
   </si>
   <si>
     <t>В733</t>
   </si>
   <si>
     <t>В735</t>
   </si>
   <si>
     <t xml:space="preserve">Ветка сакура </t>
+  </si>
+  <si>
+    <t>В739</t>
+  </si>
+  <si>
+    <t>Ветка гвоздика 12г 3вет</t>
+  </si>
+  <si>
+    <t>В740</t>
+  </si>
+  <si>
+    <t>Ветка ягоды калина 9г</t>
+  </si>
+  <si>
+    <t>В741</t>
+  </si>
+  <si>
+    <t>Ветка хлопок</t>
+  </si>
+  <si>
+    <t>В742</t>
+  </si>
+  <si>
+    <t>Ветка флокс 3вет 15г</t>
+  </si>
+  <si>
+    <t>В743</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ветка олива 100см </t>
+  </si>
+  <si>
+    <t>В744</t>
+  </si>
+  <si>
+    <t>Ветка олива 70см</t>
+  </si>
+  <si>
+    <t>В745</t>
+  </si>
+  <si>
+    <t>Ветка олива 45см</t>
+  </si>
+  <si>
+    <t>В747</t>
+  </si>
+  <si>
+    <t>Ветка эустома 3г 1бут</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -3275,51 +3323,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H505"/>
+  <dimension ref="A1:H513"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -14078,53 +14126,50 @@
         <v>827</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427">
         <v>5565</v>
       </c>
       <c r="B427" t="s">
         <v>828</v>
       </c>
       <c r="C427" t="s">
         <v>829</v>
       </c>
       <c r="D427">
         <v>190.0</v>
       </c>
       <c r="E427">
         <v>30</v>
       </c>
       <c r="F427">
         <v>5700.0</v>
       </c>
       <c r="G427">
         <v>110.0</v>
       </c>
-      <c r="H427" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428">
         <v>5569</v>
       </c>
       <c r="B428" t="s">
         <v>830</v>
       </c>
       <c r="C428" t="s">
         <v>456</v>
       </c>
       <c r="D428">
         <v>130.0</v>
       </c>
       <c r="E428">
         <v>12</v>
       </c>
       <c r="F428">
         <v>1440.0</v>
       </c>
       <c r="G428">
         <v>85.0</v>
       </c>
       <c r="H428" t="s">
         <v>457</v>
@@ -14304,158 +14349,158 @@
       </c>
       <c r="F435">
         <v>300.0</v>
       </c>
       <c r="G435">
         <v>65.0</v>
       </c>
       <c r="H435" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436">
         <v>5605</v>
       </c>
       <c r="B436" t="s">
         <v>843</v>
       </c>
       <c r="C436" t="s">
         <v>844</v>
       </c>
       <c r="D436">
         <v>170.0</v>
       </c>
       <c r="E436">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="F436">
-        <v>340.0</v>
+        <v>1700.0</v>
       </c>
       <c r="G436">
         <v>65.0</v>
       </c>
       <c r="H436" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437">
         <v>5606</v>
       </c>
       <c r="B437" t="s">
         <v>845</v>
       </c>
       <c r="C437" t="s">
         <v>846</v>
       </c>
       <c r="D437">
         <v>170.0</v>
       </c>
       <c r="E437">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="F437">
-        <v>340.0</v>
+        <v>1700.0</v>
       </c>
       <c r="G437">
         <v>65.0</v>
       </c>
       <c r="H437" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438">
         <v>5607</v>
       </c>
       <c r="B438" t="s">
         <v>847</v>
       </c>
       <c r="C438" t="s">
         <v>848</v>
       </c>
       <c r="D438">
         <v>170.0</v>
       </c>
       <c r="E438">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="F438">
-        <v>340.0</v>
+        <v>1700.0</v>
       </c>
       <c r="G438">
         <v>65.0</v>
       </c>
       <c r="H438" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439">
         <v>5608</v>
       </c>
       <c r="B439" t="s">
         <v>849</v>
       </c>
       <c r="C439" t="s">
         <v>850</v>
       </c>
       <c r="D439">
         <v>170.0</v>
       </c>
       <c r="E439">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="F439">
-        <v>340.0</v>
+        <v>1700.0</v>
       </c>
       <c r="G439">
         <v>65.0</v>
       </c>
       <c r="H439" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440">
         <v>5609</v>
       </c>
       <c r="B440" t="s">
         <v>851</v>
       </c>
       <c r="C440" t="s">
         <v>852</v>
       </c>
       <c r="D440">
         <v>170.0</v>
       </c>
       <c r="E440">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="F440">
-        <v>340.0</v>
+        <v>1700.0</v>
       </c>
       <c r="G440">
         <v>65.0</v>
       </c>
       <c r="H440" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441">
         <v>5631</v>
       </c>
       <c r="B441" t="s">
         <v>853</v>
       </c>
       <c r="C441" t="s">
         <v>854</v>
       </c>
       <c r="D441">
         <v>120.0</v>
       </c>
       <c r="E441">
         <v>1</v>
       </c>
       <c r="F441">
@@ -16048,50 +16093,240 @@
       <c r="H504" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505">
         <v>6344</v>
       </c>
       <c r="B505" t="s">
         <v>970</v>
       </c>
       <c r="C505" t="s">
         <v>971</v>
       </c>
       <c r="D505">
         <v>35.0</v>
       </c>
       <c r="E505">
         <v>40</v>
       </c>
       <c r="F505">
         <v>1400.0</v>
       </c>
       <c r="G505">
         <v>54.0</v>
+      </c>
+    </row>
+    <row r="506" spans="1:8">
+      <c r="A506">
+        <v>6385</v>
+      </c>
+      <c r="B506" t="s">
+        <v>972</v>
+      </c>
+      <c r="C506" t="s">
+        <v>973</v>
+      </c>
+      <c r="D506">
+        <v>130.0</v>
+      </c>
+      <c r="E506">
+        <v>10</v>
+      </c>
+      <c r="F506">
+        <v>1300.0</v>
+      </c>
+      <c r="G506">
+        <v>50.0</v>
+      </c>
+      <c r="H506" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="507" spans="1:8">
+      <c r="A507">
+        <v>6400</v>
+      </c>
+      <c r="B507" t="s">
+        <v>974</v>
+      </c>
+      <c r="C507" t="s">
+        <v>975</v>
+      </c>
+      <c r="D507">
+        <v>70.0</v>
+      </c>
+      <c r="E507">
+        <v>20</v>
+      </c>
+      <c r="F507">
+        <v>1400.0</v>
+      </c>
+      <c r="G507">
+        <v>42.0</v>
+      </c>
+    </row>
+    <row r="508" spans="1:8">
+      <c r="A508">
+        <v>6413</v>
+      </c>
+      <c r="B508" t="s">
+        <v>976</v>
+      </c>
+      <c r="C508" t="s">
+        <v>977</v>
+      </c>
+      <c r="D508">
+        <v>160.0</v>
+      </c>
+      <c r="E508">
+        <v>5</v>
+      </c>
+      <c r="F508">
+        <v>800.0</v>
+      </c>
+      <c r="G508">
+        <v>60.0</v>
+      </c>
+    </row>
+    <row r="509" spans="1:8">
+      <c r="A509">
+        <v>6416</v>
+      </c>
+      <c r="B509" t="s">
+        <v>978</v>
+      </c>
+      <c r="C509" t="s">
+        <v>979</v>
+      </c>
+      <c r="D509">
+        <v>120.0</v>
+      </c>
+      <c r="E509">
+        <v>10</v>
+      </c>
+      <c r="F509">
+        <v>1200.0</v>
+      </c>
+      <c r="G509">
+        <v>70.0</v>
+      </c>
+    </row>
+    <row r="510" spans="1:8">
+      <c r="A510">
+        <v>6425</v>
+      </c>
+      <c r="B510" t="s">
+        <v>980</v>
+      </c>
+      <c r="C510" t="s">
+        <v>981</v>
+      </c>
+      <c r="D510">
+        <v>350.0</v>
+      </c>
+      <c r="E510">
+        <v>10</v>
+      </c>
+      <c r="F510">
+        <v>3500.0</v>
+      </c>
+      <c r="G510">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="511" spans="1:8">
+      <c r="A511">
+        <v>6426</v>
+      </c>
+      <c r="B511" t="s">
+        <v>982</v>
+      </c>
+      <c r="C511" t="s">
+        <v>983</v>
+      </c>
+      <c r="D511">
+        <v>250.0</v>
+      </c>
+      <c r="E511">
+        <v>10</v>
+      </c>
+      <c r="F511">
+        <v>2500.0</v>
+      </c>
+      <c r="G511">
+        <v>70.0</v>
+      </c>
+    </row>
+    <row r="512" spans="1:8">
+      <c r="A512">
+        <v>6427</v>
+      </c>
+      <c r="B512" t="s">
+        <v>984</v>
+      </c>
+      <c r="C512" t="s">
+        <v>985</v>
+      </c>
+      <c r="D512">
+        <v>100.0</v>
+      </c>
+      <c r="E512">
+        <v>10</v>
+      </c>
+      <c r="F512">
+        <v>1000.0</v>
+      </c>
+      <c r="G512">
+        <v>45.0</v>
+      </c>
+    </row>
+    <row r="513" spans="1:8">
+      <c r="A513">
+        <v>6446</v>
+      </c>
+      <c r="B513" t="s">
+        <v>986</v>
+      </c>
+      <c r="C513" t="s">
+        <v>987</v>
+      </c>
+      <c r="D513">
+        <v>120.0</v>
+      </c>
+      <c r="E513">
+        <v>12</v>
+      </c>
+      <c r="F513">
+        <v>1440.0</v>
+      </c>
+      <c r="G513">
+        <v>75.0</v>
+      </c>
+      <c r="H513" t="s">
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">